--- v0 (2025-10-13)
+++ v1 (2025-12-25)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiedzy nr2: 1 lub 2  polecenia rysunkowo-opisowe.  Wymagana poprawna odpowiedź w co najmniej 50%. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian umiejętności nr3: 1 lub 2  polecenia rysunkowo-opisowe.  Wymagana poprawna odpowiedź w co najmniej 50%. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>