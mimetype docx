--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6002_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu strukturalnych oraz obiektowych metod projektowania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1469,51 +1469,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U01, K_U02, K_U03, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>