--- v1 (2025-12-25)
+++ v2 (2026-02-04)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1469,51 +1469,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U01, K_U02, K_U03, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>