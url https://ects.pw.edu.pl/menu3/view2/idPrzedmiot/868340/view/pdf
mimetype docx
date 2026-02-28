--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>