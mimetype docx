--- v3 (2026-02-28)
+++ v4 (2026-03-24)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1039,121 +1039,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.ISP-6002_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu metod testowania oprogramowania oraz ewaluacji procedur testowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>