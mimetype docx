--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie programistyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U10, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U01, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>