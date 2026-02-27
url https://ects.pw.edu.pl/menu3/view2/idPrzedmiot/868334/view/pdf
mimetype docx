--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie programistyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U15</w:t>
+        <w:t xml:space="preserve">K_U06, K_U15, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 1060-GI000-ISP-2008_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi skorzystać z bibliotek i ich dokumentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie programistyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U01, K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U10, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>