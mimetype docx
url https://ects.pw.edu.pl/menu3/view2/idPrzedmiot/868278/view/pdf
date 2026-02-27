--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U14, K_U15, K_U02, K_U03, K_U10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U10, K_U12, K_U13, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-5002_K1: </w:t>
       </w:r>
     </w:p>