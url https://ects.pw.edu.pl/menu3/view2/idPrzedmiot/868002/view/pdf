--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -737,67 +737,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN Sprawdzenie przyswojenia części teoretycznej. Ma charakter pisemny z ewentualnym  uzupełnieniem ustnym w razie potrzeby. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06, K2_W08, K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W06, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMD_U1: </w:t>
       </w:r>
     </w:p>
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN i PROJEKT (napisanie dwóch programów w języku Matlab wyznaczających optymalne polityki decyzyjne w zadaniu optymalizacji z horyzontem skończonym /wskaźnik Bolzy/  oraz nieskończonym /wskaźnikiem jest suma kosztów/zysków etepowych z dyskontem/ oraz weryfikujących je na drodze symulacyjnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U07, K2_U15, K1_U02, K1_U03</w:t>
+        <w:t xml:space="preserve">K1_U02, K1_U03, K2_U02, K2_U03, K2_U06, K2_U07, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>