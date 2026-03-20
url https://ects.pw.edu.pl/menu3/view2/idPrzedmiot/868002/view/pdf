--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN i PROJEKT (napisanie dwóch programów w języku Matlab wyznaczających optymalne polityki decyzyjne w zadaniu optymalizacji z horyzontem skończonym /wskaźnik Bolzy/  oraz nieskończonym /wskaźnikiem jest suma kosztów/zysków etepowych z dyskontem/ oraz weryfikujących je na drodze symulacyjnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K1_U03, K2_U02, K2_U03, K2_U06, K2_U07, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U07, K2_U15, K1_U02, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozycja absolwenta studiów w życiu zawodowym i społecznym, uznanie jego autorytetu i kompetencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K01, K2_K02, K2_K04, K2_K05</w:t>
+        <w:t xml:space="preserve">K2_K05, K2_K01, K2_K02, K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
         <w:t>Profil praktyczny - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2P_W01, T2P_W02, T2P_W03, T2P_W04, T2P_W07: </w:t>
       </w:r>
     </w:p>