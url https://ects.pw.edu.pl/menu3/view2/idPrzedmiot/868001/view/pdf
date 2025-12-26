--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -944,51 +944,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K2_W05, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_W05, K2_W07, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>