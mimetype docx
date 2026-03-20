--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -1094,67 +1094,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U14, K2_U15, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U14, K2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZA_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi tworzyć aplikacje internetowe w oparciu o technologię Google Web Toolkit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>