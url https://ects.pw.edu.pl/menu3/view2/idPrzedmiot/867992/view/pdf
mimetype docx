--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -974,51 +974,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U11, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>