--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -754,51 +754,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemna prezentacja zasad działania i klasyfikacji indeksów; interpretacja wykonania zapytania do bazy danych w języku SQL pod kątem zastosowania i wykorzystania indeksów pisemna wypowiedź na temat zasad działania i założeń teoretycznych transakcji
 rozwiązanie; zadań testowych wypowiedź pisemna lub ustna na temat modeli baz danych i hurtowni danych wyjaśnienie różnicy między różnymi modelami baz danych, przygotowanie opracowania na wybrany temat związany z treściami przedmiotu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_W07, K1_W01, K2_W03, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,67 +1114,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie i wykonanie eksperymentów laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U11</w:t>
+        <w:t xml:space="preserve">K2_U11, K2_U08, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_KS_01: </w:t>
       </w:r>
     </w:p>