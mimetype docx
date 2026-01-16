--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -843,67 +843,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,51 +1133,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1213,67 +1213,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów prawa cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>