--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,67 +1213,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów prawa cywilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1283,51 +1283,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>