--- v0 (2025-12-25)
+++ v1 (2026-02-26)
@@ -797,51 +797,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka zmwo-W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi przeprowadzić analizę kodu programu z wykorzystaniem metryk oprogramowania i statycznych analizatorów kodu, wykorzystać wyniki analizy w ewolucji oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1061,497 +1061,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kartkówka, kolokwium, zadanie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W02, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować i wykonać proste transformacje modeli w zadanym języku transformacji z wykorzystaniem odpowiednich narzędzi CASE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, zadanie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka zmwo-W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować i wykonać proste transformacje modeli w zadanym języku transformacji z wykorzystaniem odpowiednich narzędzi CASE</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi napisać prostą specyfikację w notacji Z, wskazać typy systemów, które powinny być formalnie specyfikowane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, zadanie laboratoryjne</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W02, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-W07: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi napisać prostą specyfikację w notacji Z, wskazać typy systemów, które powinny być formalnie specyfikowane</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować aspekt, wskazać zastosowania programowania aspektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, kartkówka, zadanie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-W08: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować aspekt, wskazać zastosowania programowania aspektowego</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi przeprowadzić analizę kodu programu z wykorzystaniem metryk oprogramowania i statycznych analizatorów kodu, wykorzystać wyniki analizy w ewolucji oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, kartkówka, zadanie laboratoryjne</w:t>
+        <w:t xml:space="preserve">kolokwium, zadanie laboartoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi przeprowadzić analizę kodu programu z wykorzystaniem metryk oprogramowania i statycznych analizatorów kodu, wykorzystać wyniki analizy w ewolucji oprogramowania</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiiot potrafi wykonać refaktoryzacje programu obiektowego oraz sprawdzić poprawność refaktoryzacji programu metodami testowania jednostkowego i funkcjonalnego z wykorzystaniem odpowiednich narzędzi wytwarzania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, zadanie laboartoryjne</w:t>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiiot potrafi wykonać refaktoryzacje programu obiektowego oraz sprawdzić poprawność refaktoryzacji programu metodami testowania jednostkowego i funkcjonalnego z wykorzystaniem odpowiednich narzędzi wytwarzania oprogramowania</w:t>
+        <w:t xml:space="preserve">.... stosować meta-modelowanie,  zaprojektować i zmodyfikować proste meta-modele, zaprojektować i wykonać proste transformacje modeli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+        <w:t xml:space="preserve">kolowium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka zmwo-U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować i uruchomić aspekt korzystając z narzędzi do programowania aspektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>