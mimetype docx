--- v1 (2026-02-26)
+++ v2 (2026-03-20)
@@ -921,551 +921,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, zadanie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W05, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi określić i wykorzystać do analizy programu graf zależności programu oraz wycinek kodu (ang. slice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi stosować meta-modelowanie, ocenić zgodność modelu z metamodelem, zaprojektować i zmodyfikować proste meta-modele z wykorzystaniem odpowiednich narzędzi CASE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kartkówka, kolokwium, zadanie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W07, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować i wykonać proste transformacje modeli w zadanym języku transformacji z wykorzystaniem odpowiednich narzędzi CASE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, zadanie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W07, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi napisać prostą specyfikację w notacji Z, wskazać typy systemów, które powinny być formalnie specyfikowane</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować aspekt, wskazać zastosowania programowania aspektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, kartkówka, zadanie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi określić i wykorzystać do analizy programu graf zależności programu oraz wycinek kodu (ang. slice)</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi przeprowadzić analizę kodu programu z wykorzystaniem metryk oprogramowania i statycznych analizatorów kodu, wykorzystać wyniki analizy w ewolucji oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, zadanie laboartoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U11, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka zmwo-W05: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka zmwo-U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi stosować meta-modelowanie, ocenić zgodność modelu z metamodelem, zaprojektować i zmodyfikować proste meta-modele z wykorzystaniem odpowiednich narzędzi CASE</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiiot potrafi wykonać refaktoryzacje programu obiektowego oraz sprawdzić poprawność refaktoryzacji programu metodami testowania jednostkowego i funkcjonalnego z wykorzystaniem odpowiednich narzędzi wytwarzania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kartkówka, kolokwium, zadanie laboratoryjne</w:t>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W02, K_W05</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">K_U10, K_U11, K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>