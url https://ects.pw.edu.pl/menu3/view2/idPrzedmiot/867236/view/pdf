--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena egzaminu pisemnego. Ocena realizacji zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sposobu rozwiązania zadań podczas egzaminu. Ocena sposobu analizy problemu, projektu i implementacji wykonanej w ramach zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U06, K_U07, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>