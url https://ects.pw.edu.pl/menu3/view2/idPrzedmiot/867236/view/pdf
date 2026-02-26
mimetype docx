--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sposobu rozwiązania zadań podczas egzaminu. Ocena sposobu analizy problemu, projektu i implementacji wykonanej w ramach zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U06, K_U07, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U13, K_U14, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>