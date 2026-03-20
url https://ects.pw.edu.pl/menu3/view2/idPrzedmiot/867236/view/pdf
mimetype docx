--- v2 (2026-02-26)
+++ v3 (2026-03-20)
@@ -776,67 +776,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena egzaminu pisemnego. Ocena realizacji zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -856,51 +856,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sposobu rozwiązania zadań podczas egzaminu. Ocena sposobu analizy problemu, projektu i implementacji wykonanej w ramach zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U13, K_U14, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>