--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -789,51 +789,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1079,67 +1079,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować algorytmy odkrywania wiedzy do rzeczywistych danych, intepretować uzyskane wyniki i poszukiwać możliwości ich poprawienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1219,67 +1219,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U01, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U06, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przedstawić plan, przyjęte założenia i wyniki procesu odkrywania wiedzy w formie ustnej i pisemnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>