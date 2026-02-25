--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -1079,67 +1079,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi stosować algorytmy odkrywania wiedzy do rzeczywistych danych, intepretować uzyskane wyniki i poszukiwać możliwości ich poprawienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1149,67 +1149,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U11</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U11, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się językiem R i jego pakietami do analizy danych oraz implementacji i stosowania algorytmów odkrywania wiedzy, a także pozyskiwać informacje niezbędne do samodzielnego rozwiązywania związanych z tym problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>