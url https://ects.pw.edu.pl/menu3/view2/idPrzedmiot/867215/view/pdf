--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -1149,67 +1149,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U11, K_U01</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOW_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się językiem R i jego pakietami do analizy danych oraz implementacji i stosowania algorytmów odkrywania wiedzy, a także pozyskiwać informacje niezbędne do samodzielnego rozwiązywania związanych z tym problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>