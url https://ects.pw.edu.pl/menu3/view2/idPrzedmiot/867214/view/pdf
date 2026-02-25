--- v0 (2025-12-26)
+++ v1 (2026-02-25)
@@ -826,87 +826,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MBI_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MBI_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MBI_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,58 +995,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MBI_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MBI_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy pozyskiwania sekwencji biologicznych i algorytmy redukcji wymiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -987,196 +1057,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MBI_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MBI_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy pozyskiwania sekwencji biologicznych i algorytmy redukcji wymiarów</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wybrany algorytm bioinformatyczny do analizy danych oraz potrafi interpretować wyniki obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U07, K_U09, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBI_K01: </w:t>
       </w:r>
     </w:p>