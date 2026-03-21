--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBI_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>