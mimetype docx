--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U08, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>