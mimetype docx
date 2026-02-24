--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U01: </w:t>
       </w:r>
     </w:p>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U08, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>