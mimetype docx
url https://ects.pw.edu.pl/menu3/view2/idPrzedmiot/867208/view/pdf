--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U01: </w:t>
       </w:r>
     </w:p>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U08, K_U14</w:t>
+        <w:t xml:space="preserve">K_U08, K_U14, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>