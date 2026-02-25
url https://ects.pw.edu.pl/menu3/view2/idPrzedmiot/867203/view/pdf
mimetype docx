--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -1256,67 +1256,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U25</w:t>
+        <w:t xml:space="preserve">K_U15, K_U25, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać podziału realizowanego zadania na etapy i nadać im odpowiednie priorytety i realizować zadanie w grupie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1326,51 +1326,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_UK04, K_UK03</w:t>
+        <w:t xml:space="preserve">K_UK03, K_UK04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>