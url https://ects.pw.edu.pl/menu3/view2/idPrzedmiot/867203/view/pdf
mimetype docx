--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sformułować zadanie analizy wielokryterialnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1256,67 +1256,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U25, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać podziału realizowanego zadania na etapy i nadać im odpowiednie priorytety i realizować zadanie w grupie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>