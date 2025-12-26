--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -793,51 +793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany;
 projekty 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W15, K_W18, K_W09, K_W12, K_W13</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W13, K_W14, K_W15, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -890,51 +890,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U19, K_U21, K_U22, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PIK_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi samodzielnie pozyskiwać szczegółowe informacje techniczne niezbędne do realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1090,51 +1090,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">artykuł o charakterze edukacyjnym
 opracowanie założeń wstępnych w formie prezentacji i wyników prac w formie raportów w systemie zarządzania projektem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>