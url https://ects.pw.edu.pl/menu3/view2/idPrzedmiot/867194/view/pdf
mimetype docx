--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -890,51 +890,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U19, K_U21, K_U22, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PIK_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi samodzielnie pozyskiwać szczegółowe informacje techniczne niezbędne do realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1019,67 +1019,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zespołowy z użyciem rozległego zakresu technologii wymagający samodzielnej nauki i uprzedniego opracowania architektury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U20</w:t>
+        <w:t xml:space="preserve">K_U20, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PIK_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">- potrafi zaprezentować wyniki swojej pracy oraz dzielić się wiedzą w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>