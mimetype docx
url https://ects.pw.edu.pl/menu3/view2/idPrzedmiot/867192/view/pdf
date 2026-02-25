--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -921,67 +921,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy, zadania projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W14, K_W19, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W14, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP_U01: </w:t>
       </w:r>
     </w:p>
@@ -1071,67 +1071,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pogłębiania wiedzy i korzystania z literatury technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>