--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -921,51 +921,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy, zadania projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W14, K_W19</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W14, K_W19, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1071,67 +1071,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pogłębiania wiedzy i korzystania z literatury technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>