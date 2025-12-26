--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1283,51 +1283,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TKOM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1617,67 +1617,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt semestralny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U19, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TKOM_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi planować działania projektowe wg wymaganego terminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>