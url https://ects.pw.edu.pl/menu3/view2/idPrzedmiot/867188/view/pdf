--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -1477,67 +1477,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U19</w:t>
+        <w:t xml:space="preserve">K_U15, K_U19, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TKOM_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>