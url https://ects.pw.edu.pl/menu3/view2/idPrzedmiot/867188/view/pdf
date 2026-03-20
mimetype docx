--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -1477,137 +1477,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U19, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TKOM_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U15, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TKOM_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>