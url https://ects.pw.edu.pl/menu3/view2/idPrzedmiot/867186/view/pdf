--- v0 (2025-10-31)
+++ v1 (2025-11-22)
@@ -1086,67 +1086,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie funkcjonowania aplikacji komunikujących się używających wygenerowany kod, w trakcie zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi konfigurować sieci wirtualne (VPN) poprzez Internet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>