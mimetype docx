--- v1 (2025-11-22)
+++ v2 (2026-02-24)
@@ -952,51 +952,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE4: </w:t>
       </w:r>
     </w:p>
@@ -1052,50 +1052,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi konfigurować sieci wirtualne (VPN) poprzez Internet</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzenie funkcjonowania tuneli VPN zestawionych w trakcie zajęć laboratoryjnych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20, K_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SKM2-KE5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować notację ASN.1 do generacji kodu struktur danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie funkcjonowania aplikacji komunikujących się używających wygenerowany kod, w trakcie zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1103,120 +1173,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować model protokołu komunikacyjnego i analizować go w środowisku Spin/Promela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>