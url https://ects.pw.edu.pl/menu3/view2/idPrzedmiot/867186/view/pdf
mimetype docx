--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -952,51 +952,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W17, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM2-KE4: </w:t>
       </w:r>
     </w:p>