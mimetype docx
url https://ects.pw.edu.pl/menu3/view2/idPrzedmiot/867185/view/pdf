--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -767,71 +767,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWNT_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi opisać zasady użycia oraz wady i zalety bibliotek DLL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PWNT_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PWNT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi opisać zasady użycia oraz wady i zalety bibliotek DLL</w:t>
+        <w:t xml:space="preserve">Student potrafi wskazać podstawowe cechy i różnice pomiędzy procesami, wątkami i włóknami w systemie Windows</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -850,178 +920,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PWNT_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PWNT_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać podstawowe cechy i różnice pomiędzy procesami, wątkami i włóknami w systemie Windows</w:t>
+        <w:t xml:space="preserve">Student potrafi opisać właściwości mechanizmów  komunikacji dostępnych w systemie Windows </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W17, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWNT_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi opisać mechanizmy zarządzania pamięcią oraz ich zastosowanie w programowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>