--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWNT_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi opisać zasady użycia oraz wady i zalety bibliotek DLL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>