--- v2 (2026-02-24)
+++ v3 (2026-03-21)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWNT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać podstawowe cechy i różnice pomiędzy procesami, wątkami i włóknami w systemie Windows</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>