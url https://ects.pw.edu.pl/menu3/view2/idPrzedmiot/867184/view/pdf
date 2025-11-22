--- v0 (2025-11-01)
+++ v1 (2025-11-22)
@@ -1469,67 +1469,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 1 i 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U04, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUCY_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność dokumentowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>