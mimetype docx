--- v1 (2025-11-22)
+++ v2 (2025-12-26)
@@ -1039,497 +1039,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">etap 3 projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUCY_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza o sposobach weryfikacji projektów opisanych językiem VHDL </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W15, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PUCY_W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PUCY_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza o sposobach weryfikacji projektów opisanych językiem VHDL </w:t>
+        <w:t xml:space="preserve">Wiedza o metodyce tworzenia projektu urządzenia cyfrowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt 2</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W15, K_W19</w:t>
+        <w:t xml:space="preserve">K_W13, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PUCY_W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUCY_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza o metodyce tworzenia projektu urządzenia cyfrowego</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem EDA do realizacji projektów z FPGA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt</w:t>
+        <w:t xml:space="preserve">etap 1 i 2 projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_U09, K_U14, K_U15, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PUCY_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUCY_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem EDA do realizacji projektów z FPGA</w:t>
+        <w:t xml:space="preserve">Potrafi opisać złożony układ cyfrowy za pomocą wybranego języka HDL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">etap 1 i 2 projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U14, K_U15, K_U20</w:t>
+        <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PUCY_U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUCY_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać złożony układ cyfrowy za pomocą wybranego języka HDL</w:t>
+        <w:t xml:space="preserve">Umiejętność projektowania schematów i płytek drukowanych na poziomie podstawowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">etap 1 i 2 projektu</w:t>
+        <w:t xml:space="preserve">etap 3 projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18</w:t>
+        <w:t xml:space="preserve">K_U15, K_U18, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PUCY_U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUCY_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność projektowania schematów i płytek drukowanych na poziomie podstawowym</w:t>
+        <w:t xml:space="preserve">Umiejętność weryfikacji projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">etap 3 projektu</w:t>
+        <w:t xml:space="preserve">projekt 1 i 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U18, K_U20</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUCY_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność dokumentowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>