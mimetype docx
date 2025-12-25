--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -791,67 +791,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania i odpowiedzi na wykładzie, laboratorium, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W14, K_W15, K_W16, K_W18, K_W19, K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_W15, K_W16, K_W18, K_W19, K_W04, K_W10, K_W11, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ORACL_U01: </w:t>
       </w:r>
     </w:p>