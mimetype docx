--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -791,67 +791,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania i odpowiedzi na wykładzie, laboratorium, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W16, K_W18, K_W19, K_W04, K_W10, K_W11, K_W14</w:t>
+        <w:t xml:space="preserve">K_W04, K_W10, K_W11, K_W14, K_W15, K_W16, K_W18, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ORACL_U01: </w:t>
       </w:r>
     </w:p>