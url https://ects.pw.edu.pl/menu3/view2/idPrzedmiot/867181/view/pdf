--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -791,67 +791,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania i odpowiedzi na wykładzie, laboratorium, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10, K_W11, K_W14, K_W15, K_W16, K_W18, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W04, K_W10, K_W11, K_W14, K_W15, K_W16, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ORACL_U01: </w:t>
       </w:r>
     </w:p>