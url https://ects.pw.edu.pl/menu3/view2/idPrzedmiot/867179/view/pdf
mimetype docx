--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -1014,51 +1014,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOA_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykorzystać systemy cząstek oraz zna podstawowe parametry cząstek</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,67 +1138,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. + spr2 + ćw. 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
+        <w:t xml:space="preserve">K_U03, K_U09, K_U21, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOA_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie zadanej prostej wizualizacji ocenić, jakie metody animacji zostały zastosowane oraz skonstruować scenę dającą w efekcie podobną wizualizację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>