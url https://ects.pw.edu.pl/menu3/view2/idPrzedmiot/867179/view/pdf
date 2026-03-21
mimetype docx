--- v1 (2025-12-26)
+++ v2 (2026-03-21)
@@ -1068,137 +1068,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. + spr2 + ćw. 4, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U21, K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOA_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykorzystać narzędzia kinematyki prostej i odwrotnej w celu sterowania obiektami siatkowymi w powiązaniu z układami szkieletowymi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. + spr2 + ćw. 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MOA_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie zadanej prostej wizualizacji ocenić, jakie metody animacji zostały zastosowane oraz skonstruować scenę dającą w efekcie podobną wizualizację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>