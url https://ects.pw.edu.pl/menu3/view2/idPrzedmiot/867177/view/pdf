--- v0 (2025-12-26)
+++ v1 (2026-02-25)
@@ -1421,67 +1421,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników Spr1, Spr2, Kart1, Lab3-5,. Rozwiązywanie zadań na wykładzie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U21, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IOP2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi: obliczyć proste miary niezawodności i metryki oprogramowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>