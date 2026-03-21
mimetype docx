--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników Spr1, Lab1-2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IOP2_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, posiada podstawową wiedzę na temat: projektowania modeli obiektowy z wykorzystaniem wzorców projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1507,51 +1507,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IOP2_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi: zmodyfikować i zastosować proste specyfikacje formalne (specyfikacje algebraiczne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>