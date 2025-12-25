--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -1358,51 +1358,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U13, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi rozpoznać stosowalność i wykorzystać odpowiednią metodę do rozwiązania problemu optymalizacji dyskretnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1552,67 +1552,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przestrzegać przyjętego stylu kodowania i dokumentowania projektów algorytmicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>