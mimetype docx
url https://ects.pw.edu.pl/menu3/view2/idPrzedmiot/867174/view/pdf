--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -1272,347 +1272,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AAL_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić systematyczne testowanie algorytmu i pomiary czasu wykonania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt semestralny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U13, K_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AAL_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi rozpoznać stosowalność i wykorzystać odpowiednią metodę do rozwiązania problemu optymalizacji dyskretnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AAL_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi rozpoznać i potwierdzić przynależności problemu do klasy NP-trudnych lub NP-zupełnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt semestralny; egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AAL_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AAL_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić systematyczne testowanie algorytmu i pomiary czasu wykonania</w:t>
+        <w:t xml:space="preserve">potrafi zaproponować metodę aproksymacji dla problemu NP-trudnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt semestralny</w:t>
+        <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U13, K_U19</w:t>
+        <w:t xml:space="preserve">K_U02, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przestrzegać przyjętego stylu kodowania i dokumentowania projektów algorytmicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>