--- v2 (2026-02-26)
+++ v3 (2026-03-20)
@@ -1272,67 +1272,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany; projekt semestralny; egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AAL_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić systematyczne testowanie algorytmu i pomiary czasu wykonania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>