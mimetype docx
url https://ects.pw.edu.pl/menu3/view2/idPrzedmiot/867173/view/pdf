--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06, K_U11, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRAKT_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić priorytety służące realizacji zadania, wyznaczonego przez siebie lub przełożonego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>