--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRAKT_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna warunki pracy, w tym zasady bezpieczeństwa i higieny pracy, związane z zatrudnieniem w środowisku właściwym dla inżynierów – absolwentów studiów na kierunku informatyka </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>