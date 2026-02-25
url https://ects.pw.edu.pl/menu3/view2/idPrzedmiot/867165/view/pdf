--- v0 (2025-11-03)
+++ v1 (2026-02-25)
@@ -1192,67 +1192,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zorganizować pracę w zespole z wykorzystaniem potencjału twórczego grupy. Jest gotowy do współpracy z indywidualistami. Wykonywanie zadań w trakcie ćwiczeń oraz zdania końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_UK01, K_UK03, K_UK04</w:t>
+        <w:t xml:space="preserve">K_UK03, K_UK04, K_UK01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RDC_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadom możliwości przekazywania swoich umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>