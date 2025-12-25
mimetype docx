--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -978,51 +978,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U04, K_U06, K_U07, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, I.P6S_UK, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI2_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i wykonać zadania związane z realizacją projektu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>