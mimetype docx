--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U15, K_U20, K_U21, K_U23</w:t>
+        <w:t xml:space="preserve">K_U23, K_U14, K_U15, K_U20, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować oraz przeprowadzić testy systemu informatycznego oraz zinterpretować i przedstawić ich wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>