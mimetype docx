--- v0 (2025-10-29)
+++ v1 (2025-11-23)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U20, K_U09</w:t>
+        <w:t xml:space="preserve">K_U20, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>