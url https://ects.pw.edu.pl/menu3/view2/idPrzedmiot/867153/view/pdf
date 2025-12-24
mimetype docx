--- v1 (2025-11-23)
+++ v2 (2025-12-24)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U20, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać udogodnienia oferowane przez biblioteki, w tym przez bibliotekę standardową języka C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U13, K_U20</w:t>
+        <w:t xml:space="preserve">K_U13, K_U20, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi tworzyć wydajne i przenośne (na poziomie kodu źródłowego) aplikacje w C++ tworząc kod dobrej jakości wraz z dokumentacją wykorzystując dostępne narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>