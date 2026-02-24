--- v2 (2025-12-24)
+++ v3 (2026-02-24)
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U20, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U13, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi tworzyć wydajne i przenośne (na poziomie kodu źródłowego) aplikacje w C++ tworząc kod dobrej jakości wraz z dokumentacją wykorzystując dostępne narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U13, K_U15, K_U19, K_U20, K_U21</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U19, K_U20, K_U21, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole przy realizacji projektu programistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>