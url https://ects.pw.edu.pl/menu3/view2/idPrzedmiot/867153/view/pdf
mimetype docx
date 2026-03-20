--- v3 (2026-02-24)
+++ v4 (2026-03-20)
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U19, K_U20, K_U21, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U13, K_U15, K_U19, K_U20, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPR_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole przy realizacji projektu programistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>