--- v0 (2025-10-31)
+++ v1 (2025-11-22)
@@ -791,51 +791,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćw1 spr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W13, K_W19</w:t>
+        <w:t xml:space="preserve">K_W13, K_W19, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2917,51 +2917,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">