--- v1 (2025-11-22)
+++ v2 (2025-12-25)
@@ -791,51 +791,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćw1 spr1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W19, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W13, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1701,67 +1701,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_W15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna paradygmaty programowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2707,51 +2707,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zapisać proste reguły temporalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>