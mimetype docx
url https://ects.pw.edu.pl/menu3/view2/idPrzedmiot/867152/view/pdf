--- v2 (2025-12-25)
+++ v3 (2026-02-24)
@@ -1631,1127 +1631,1127 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćw4 spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W14, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_W14: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna organizację jednoprocesorowego komputera</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">spr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WI_W14: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WI_W15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna organizację jednoprocesorowego komputera</w:t>
+        <w:t xml:space="preserve">Zna paradygmaty programowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WI_W15: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_W16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna paradygmaty programowania</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sieci Petriego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve">K_W13, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WI_W16: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WI_W17: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sieci Petriego</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat logik nieklasycznych (wielowartościowe, ciągłe, topologiczne, temporalne) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W19</w:t>
+        <w:t xml:space="preserve">K_W11, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WI_W17: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WI_W18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat logik nieklasycznych (wielowartościowe, ciągłe, topologiczne, temporalne) </w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat logiki kwantowej, bramek kwantowych, obliczeń kwantowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W19</w:t>
+        <w:t xml:space="preserve">K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WI_W18: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat logiki kwantowej, bramek kwantowych, obliczeń kwantowych</w:t>
+        <w:t xml:space="preserve">Potrafi zapisać algorytm jako sieć działań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">ćw1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować graf sterowania maszyną Turinga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćw2 spr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odczytać parametry zmiennej losowej z wykresu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">spr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować automat Rabina-Scotta dla podanej składni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">spr1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować automaty Moore’a i Meally’ego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">spr1 spr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zrealizować funkcję logiczną przy pomocy bramek </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćw4 spr2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi operować na liczbach w kodach U1, U2, 1zN, stałoprzecinkowych i zmiennoprzecinkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WI_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zapisać algorytm jako sieć działań</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste układy sekwencyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćw1</w:t>
+        <w:t xml:space="preserve">ćw4 spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WI_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WI_U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować graf sterowania maszyną Turinga</w:t>
+        <w:t xml:space="preserve">Potrafi dowieść prostych niezmienników klas</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ćw2 spr1</w:t>
+        <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WI_U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WI_U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi odczytać parametry zmiennej losowej z wykresu</w:t>
+        <w:t xml:space="preserve">Potrafi zdefiniować tabele prawdy dla bramek w logikach nieklasycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">spr1</w:t>
+        <w:t xml:space="preserve">spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zapisać proste reguły temporalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>