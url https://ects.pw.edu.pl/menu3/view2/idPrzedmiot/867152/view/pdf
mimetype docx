--- v3 (2026-02-24)
+++ v4 (2026-03-20)
@@ -1351,51 +1351,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">spr1 spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1631,67 +1631,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćw4 spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WI_W14: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna organizację jednoprocesorowego komputera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>