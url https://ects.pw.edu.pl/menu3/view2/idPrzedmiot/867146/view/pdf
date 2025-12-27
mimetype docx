--- v0 (2025-11-21)
+++ v1 (2025-12-27)
@@ -914,51 +914,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W19</w:t>
+        <w:t xml:space="preserve">K_W19, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1064,67 +1064,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U13, K_U15, K_U21, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U13, K_U15, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi prowadzić negocjacje prowadzące do uzgodnienia i uszczegółowienia realizowanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>