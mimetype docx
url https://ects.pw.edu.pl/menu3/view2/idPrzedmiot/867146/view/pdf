--- v1 (2025-12-27)
+++ v2 (2026-02-24)
@@ -914,51 +914,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W19, K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1064,67 +1064,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U13, K_U15, K_U21</w:t>
+        <w:t xml:space="preserve">K_U15, K_U21, K_U05, K_U06, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi prowadzić negocjacje prowadzące do uzgodnienia i uszczegółowienia realizowanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>