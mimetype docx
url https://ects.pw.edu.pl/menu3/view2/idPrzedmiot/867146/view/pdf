--- v2 (2026-02-24)
+++ v3 (2026-03-19)
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1064,67 +1064,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U21, K_U05, K_U06, K_U13</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U13, K_U15, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi prowadzić negocjacje prowadzące do uzgodnienia i uszczegółowienia realizowanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>