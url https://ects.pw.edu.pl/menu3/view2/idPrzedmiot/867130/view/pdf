--- v0 (2025-11-21)
+++ v1 (2026-02-24)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie wykorzystać twierdzenia i metody rachunku różniczkowego funkcji jednej zmiennej do wyznaczania ekstremów lokalnych, badania przebiegu zmienności funkcji, tworzenia wykresów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>