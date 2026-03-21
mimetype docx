--- v1 (2026-02-24)
+++ v2 (2026-03-21)
@@ -955,279 +955,279 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie całkować funkcje jednej zmiennej przez części i przez podstawienie, potrafi obliczać pola powierzchni, długości łuków jako wartości odpowiednich całek, umie obliczać oraz badać zbieżność całek niewłaściwych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 2, kolokwium 3, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot umie całkować funkcje jednej zmiennej przez części i przez podstawienie, potrafi obliczać pola powierzchni, długości łuków jako wartości odpowiednich całek - umie obliczać pochodne cząstkowe funkcji prostych i złożonych, umie wyznaczać ekstrema lokalne funkcji dwóch zmiennych, potrafi badać istnienie granic oraz różniczkowalność funkcji dwóch zmiennych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 3, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie posługiwać się, w różnych kontekstach, pojęciem zbieżności i granicy; potrafi – na prostym poziomie - obliczać granice ciągów i funkcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie wykorzystać twierdzenia i metody rachunku różniczkowego funkcji jednej zmiennej do wyznaczania ekstremów lokalnych, badania przebiegu zmienności funkcji, tworzenia wykresów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, kolokwium 2, egzamin</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">kolokwium 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>