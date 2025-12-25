--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -958,51 +958,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu, ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13, K_W14, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu, ocena efektów ćw. laboratoryjnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U05, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zintegrować węzeł wbudowany IoT z obiektem użytkowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1323,67 +1323,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu, ocena efektów ćw. laboratoryjnego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie analizować dokumenty typu RFC (Request for Comments).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1394,67 +1394,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie tworzyć raport techniczny nt. stworzonego przez siebie obiektu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>