--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -887,51 +887,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -958,51 +958,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyników egzaminu, ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W13, K_W14, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1394,67 +1394,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena efektów projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie tworzyć raport techniczny nt. stworzonego przez siebie obiektu. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>