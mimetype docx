--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -851,395 +851,395 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przekształcić dane ankietowe w bazę danych, prawidłowo skonstruować i opisać zmienne w pakiecie programów Statistica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne, praktyczne przy komputerze </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przekształcić dane ankietowe w bazę danych, prawidłowo skonstruować i opisać zmienne w pakiecie programów Statistica.</w:t>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica policzyć i zinterpretować statystyki opisowe, prawidłowo skonstruować wykresy pokazujące trend w czasie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne, praktyczne przy komputerze </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne i praktyczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica obliczyć wskaźniki dla różnych typów sklal pomiarowych oraz pokazać wyniki w formie graficznej, umie je umieścić w raporcie, zinterpretować i opisać. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i weryfikacja podczas ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica policzyć i zinterpretować statystyki opisowe, prawidłowo skonstruować wykresy pokazujące trend w czasie.</w:t>
+        <w:t xml:space="preserve">Potrafi w programie Statistica przekształcać dane posługując się co najmniej dwoma metodami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne i praktyczne </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne i częściowo weryfikacja podczas zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica obliczyć wskaźniki dla różnych typów sklal pomiarowych oraz pokazać wyniki w formie graficznej, umie je umieścić w raporcie, zinterpretować i opisać. </w:t>
+        <w:t xml:space="preserve">Wykazuje kompetencję do odpowiedzialnego i etycznego podejścia do badan nad prawem i administracją, ma świadomość dbania o bezpieczeństwo danych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne i weryfikacja podczas ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Praca podczas zejęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K03, K_K06, K_K07, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>