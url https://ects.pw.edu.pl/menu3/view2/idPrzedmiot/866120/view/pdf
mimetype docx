--- v1 (2025-11-02)
+++ v2 (2025-12-25)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekształcić dane ankietowe w bazę danych, prawidłowo skonstruować i opisać zmienne w pakiecie programów Statistica.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -905,277 +905,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne, praktyczne przy komputerze </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica policzyć i zinterpretować statystyki opisowe, prawidłowo skonstruować wykresy pokazujące trend w czasie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i praktyczne </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica obliczyć wskaźniki dla różnych typów sklal pomiarowych oraz pokazać wyniki w formie graficznej, umie je umieścić w raporcie, zinterpretować i opisać. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i weryfikacja podczas ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica policzyć i zinterpretować statystyki opisowe, prawidłowo skonstruować wykresy pokazujące trend w czasie.</w:t>
+        <w:t xml:space="preserve">Potrafi w programie Statistica przekształcać dane posługując się co najmniej dwoma metodami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne i praktyczne </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne i częściowo weryfikacja podczas zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>