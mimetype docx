--- v2 (2025-12-25)
+++ v3 (2026-02-25)
@@ -905,277 +905,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne, praktyczne przy komputerze </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica policzyć i zinterpretować statystyki opisowe, prawidłowo skonstruować wykresy pokazujące trend w czasie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i praktyczne </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi za pomocą programu Statistica obliczyć wskaźniki dla różnych typów sklal pomiarowych oraz pokazać wyniki w formie graficznej, umie je umieścić w raporcie, zinterpretować i opisać. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i weryfikacja podczas ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi w programie Statistica przekształcać dane posługując się co najmniej dwoma metodami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne i częściowo weryfikacja podczas zajęć. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>