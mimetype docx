--- v0 (2025-12-24)
+++ v1 (2026-01-15)
@@ -867,51 +867,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o uwarunkowaniach sytuacji konfliktowych w jednostkach administracji i możliwościach ich rozwiązywania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -921,67 +921,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę o różnych sposobach i procedurach rozwiązywania konfliktów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w zakresie rozwiązywania konfliktów i prowadzenie negocjacji w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>