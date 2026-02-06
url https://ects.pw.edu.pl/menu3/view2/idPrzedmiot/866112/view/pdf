--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -937,51 +937,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę o różnych sposobach i procedurach rozwiązywania konfliktów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w zakresie rozwiązywania konfliktów i prowadzenie negocjacji w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>