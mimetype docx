--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -867,51 +867,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o uwarunkowaniach sytuacji konfliktowych w jednostkach administracji i możliwościach ich rozwiązywania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -921,67 +921,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę o różnych sposobach i procedurach rozwiązywania konfliktów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,121 +1087,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w zakresie rozwiązywania konfliktów i prowadzenie negocjacji w administracji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach oraz rozwiązywanie casy study w trakcie zajęć. Udział w dyskusjach i elementach warsztatowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów i rozwiązywania konfliktów oraz sporów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>