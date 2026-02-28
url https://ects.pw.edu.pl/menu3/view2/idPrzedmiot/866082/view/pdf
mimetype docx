--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY, ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -857,51 +857,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ZNA ZADANIA, CELE I ŚRODKI DZIAŁANIA ORGANÓW ADMINISTRACJI W RAMACH POSTĘPOWANIA ADMINISTRACYJNEGO;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,67 +983,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1080,51 +1080,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POTRAFI WYKORZYSTAĆ POZNANE TEORIE I KONSTRUKCJE PRAWNE DO ZAPROPONOWANIA ROZWIĄZANIA KONKRETNEJ SPRAWY ADMINISTRACYJNEJ; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1428,51 +1428,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1498,51 +1498,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i kazusów oraz dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>