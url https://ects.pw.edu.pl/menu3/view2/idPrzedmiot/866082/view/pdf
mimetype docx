--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY, ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA PODSTAWOWĄ WIEDZĘ O ŚRODKACH PRAWNYCH PRZYSŁUGUJĄCYCH ORGANOM ADMINISTRACJI PUBLICZNEJ I STRONOM W POSTĘPOWANIU ADMINISTRACYJNYM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,67 +983,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1135,51 +1135,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1428,51 +1428,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>