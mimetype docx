--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat procesu badawczego niezbędnego do przygotowania pracy dyplomowej oraz przepisów prawnych z tym związanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -820,911 +820,911 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia odnoszące się do praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia odnoszące się do praw autorskich.</w:t>
+        <w:t xml:space="preserve">Umie pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
+        <w:t xml:space="preserve">Umie przeprowadzić cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Wykazuje się samodzielnością i zdolnością do krytycznego myślenia w procesie przygotowywania pracy dyplomowej, szczególnie uwzględnia aspekty prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminariu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość konsekwencji nieprzestrzegania przepisów Ustawy z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie przeprowadzić cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Wykazuje gotowość do aktualizacji swojej wiedzy, przede wszystkim tej dotyczącej stanu prawnego i przepisów prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
+        <w:t xml:space="preserve">Umie opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium</w:t>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>