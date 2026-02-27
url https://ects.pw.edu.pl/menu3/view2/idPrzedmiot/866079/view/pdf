--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -820,911 +820,911 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia odnoszące się do praw autorskich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+        <w:t xml:space="preserve">Umie pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia odnoszące się do praw autorskich.</w:t>
+        <w:t xml:space="preserve">Umie przeprowadzić cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
+        <w:t xml:space="preserve">Umie interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Wykazuje się samodzielnością i zdolnością do krytycznego myślenia w procesie przygotowywania pracy dyplomowej, szczególnie uwzględnia aspekty prawne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminariu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość konsekwencji nieprzestrzegania przepisów Ustawy z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie przeprowadzić cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Wykazuje gotowość do aktualizacji swojej wiedzy, przede wszystkim tej dotyczącej stanu prawnego i przepisów prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
+        <w:t xml:space="preserve">Umie opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium</w:t>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>