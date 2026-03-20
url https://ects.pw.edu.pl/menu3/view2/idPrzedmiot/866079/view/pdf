--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -836,51 +836,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>