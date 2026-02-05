--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -2090,50 +2090,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2161,120 +2231,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>