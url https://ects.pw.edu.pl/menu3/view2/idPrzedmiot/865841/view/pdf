--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -1100,447 +1100,937 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawową wiedzę o pracy powłoki walcowej w stanie zgięciowym.  </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna  podstawowe równania  i  pojęcia wytrzymałości konstrukcji (ZPP, ZMCEP, równania konstytutywne  itd.).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium teoretycznego.</w:t>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w tarczach i rurach grubościennych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w rurach grubościennych dwuwarstwowych obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,722 +2049,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć przemieszczenia, odkształcenia i naprężenia w płytach osiowosymetrycznych  obciążonych osiowosymetrycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium zadaniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>