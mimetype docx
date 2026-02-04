--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -1036,191 +1036,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>