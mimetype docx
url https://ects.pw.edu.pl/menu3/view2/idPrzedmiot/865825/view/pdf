--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -756,121 +756,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktyczne z modelowania zadania nieliniowego za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do analizy nieliniowych zagadnień mechaniki konstrukcji , w szczególności zginania belki i płaskiego stanu naprężenia w tarczy z koncentratorem w zakresie sprężysto plastycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktyczne z modelowania zadania nieliniowego za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>