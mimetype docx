--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -756,105 +756,175 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktyczne z modelowania zadania nieliniowego za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do analizy nieliniowych zagadnień mechaniki konstrukcji , w szczególności zginania belki i płaskiego stanu naprężenia w tarczy z koncentratorem w zakresie sprężysto plastycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktyczne z modelowania zadania nieliniowego za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do analizy nieliniowych zagadnień mechaniki konstrukcji , w szczególności zginania belki i płaskiego stanu naprężenia w tarczy z koncentratorem w zakresie sprężysto plastycznym.</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień stateczności konstrukcji, w szczególności do wyznaczania obciążeń krytycznych w ustrojach cienkościennych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktyczne z modelowania zadania nieliniowego za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania stateczności za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -896,761 +966,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania stateczności za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień stateczności konstrukcji, w szczególności do wyznaczania obciążeń krytycznych w ustrojach cienkościennych. </w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania stateczności za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy </w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień dynamicznych konstrukcji , w szczególności do wyznaczania postaci i częstości drgań własnych ustrojów prętowych i cienkościennych.</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego z modelowania zadania drgań belki za pomocą programu Ansys , raport z ćwiczenia , sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
+        <w:t xml:space="preserve">	Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas laboratorium i ocena raportu z obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
+        <w:t xml:space="preserve">	Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas laboratorium i ocena raportu z obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK343_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych modeli obliczeniowych do rozwiązywania zagadnień cieplnych w konstrukcji , w szczególności do wyznaczania przemieszczeń i naprężeń w ustrojach pracujących w zmiennych temperaturach.</w:t>
+        <w:t xml:space="preserve">	Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy studenta podczas ćwiczenia praktycznego  z modelowania zadania  sprzężonego pola cieplnego i mechanicznego za pomocą programu Ansys , raport z ćwiczenia, sprawdzian końcowy.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas laboratorium i ocena raportu z obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>