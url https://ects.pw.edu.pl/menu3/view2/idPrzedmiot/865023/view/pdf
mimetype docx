--- v1 (2026-02-08)
+++ v2 (2026-03-22)
@@ -752,87 +752,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę odnośnie fizykalnych podstaw generowania sił aerodynamicznych oraz występujących zjawisk przepływowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę odnośnie fizykalnych podstaw generowania sił aerodynamicznych oraz występujących zjawisk przepływowych. </w:t>
+        <w:t xml:space="preserve">Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -892,87 +962,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna równania rządzące przepływem płynu, stosowane poziomy uproszczeń równań oraz skutki tych uproszczeń.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -991,732 +1131,592 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.</w:t>
+        <w:t xml:space="preserve">osiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę nt. opływu profilu lotniczego, zna związek siły aerodynamicznej z cyrkulacja i znaczenie warunku Kutty-Żukowskiego, zna definicje współczynników aerodynamicznych oraz pojęcie doskonałości i biegunowej profilu lotniczego.</w:t>
+        <w:t xml:space="preserve">osiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">osiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W04</w:t>
+        <w:t xml:space="preserve">M1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">osiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne.</w:t>
+        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W04</w:t>
+        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W05</w:t>
+        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK301_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać sposób wyznaczania potencjalnego opływu profilu lotniczego z uwzględnieniem warunku Kutty-Zukowskiego.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć opór indukowany, a także objaśnić fizyczne powody jego powstawania i związek z geometrią skrzydła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>