--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1172,157 +1172,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne	.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Posiada podstawową wiedzę nt. opływu skrzydła o skończonym wydłużeniu, zna wpływ skończonego wydłużenia na charakterystyki aerodynamiczne	.																		</w:t>
+        <w:t xml:space="preserve">											Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">											Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">											Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.																	</w:t>
+        <w:t xml:space="preserve">										Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1341,232 +1481,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK473_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK473_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">											Ma podstawową wiedzę nt. podstaw teoretycznych dynamiki gazów, zna wpływ ściśliwości na charakterystyki aerodynamiczne.																	</w:t>
+        <w:t xml:space="preserve">										Ma podstawową wiedzę nt. przepływów ściśliwych poddźwiękowych, okołodźwiękowych oraz naddźwiękowych. Zna pojęcia oporu falowego, krytycznej liczby Macha, liczby Macha wzrostu oporu, buffetingu transonicznego, nagrzewania aerodynamicznego.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>