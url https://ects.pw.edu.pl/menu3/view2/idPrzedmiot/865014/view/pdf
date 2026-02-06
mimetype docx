--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -734,50 +734,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -895,100 +1105,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1014,51 +1234,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1084,130 +1304,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1585,330 +1865,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>