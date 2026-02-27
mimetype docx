--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1164,50 +1164,680 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Szczegółowe informacje są podane w Karcie danego Przedmiotu.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe treści efektów kształcenia zależą od wybranego przedmiotu i są opisane w jego Karcie Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1235,680 +1865,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Szczegółowe informacje nt. metod oceny efektów kształcenia są podane w Karcie danego Przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>