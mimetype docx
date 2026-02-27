--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -749,50 +749,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -890,190 +1030,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>