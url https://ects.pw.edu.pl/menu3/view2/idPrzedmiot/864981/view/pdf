--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -749,50 +749,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -848,1002 +1058,792 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy z zakresu statyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy z zakresu statyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK368_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować stacjonarny układ przeniesienia napędu realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne.							</w:t>
+        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i trwałość warunkującą poprawne i bezpieczne funkcjonowanie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i trwałość warunkującą poprawne i bezpieczne funkcjonowanie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Jest w stanie zaproponować i zastosować podparcie elementów przeniesienia napędu na łożyskach tocznych różnego typu o odpowiedniej trwałości, właściwie osadzonych, smarowanych, uszczelnionych i zabezpieczonych.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Jest w stanie zaproponować i zastosować podparcie elementów przeniesienia napędu na łożyskach tocznych różnego typu o odpowiedniej trwałości, właściwie osadzonych, smarowanych, uszczelnionych i zabezpieczonych.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować zespół napędowy, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK368_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować zespół napędowy, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>