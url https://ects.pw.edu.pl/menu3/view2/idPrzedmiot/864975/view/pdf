--- v0 (2025-12-24)
+++ v1 (2026-02-04)
@@ -749,340 +749,480 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy termodynamiki maszyn cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK405_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy termodynamiki maszyn cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe obiegi cieplne i budowę maszyn energetycznych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W04</w:t>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK405_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe obiegi cieplne i budowę maszyn energetycznych. 							</w:t>
+        <w:t xml:space="preserve">							Zna zasady bilansowania układów energetycznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK405_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady bilansowania układów energetycznych.							</w:t>
+        <w:t xml:space="preserve">							Student umie bilansować obiegi cieplne. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK405_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie bilansować obiegi cieplne. 							</w:t>
+        <w:t xml:space="preserve">							Umie analizować przemiany termodynamiczne w układach i maszynach cieplnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować przemiany termodynamiczne w układach i maszynach cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1109,51 +1249,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,401 +1319,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK405_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie analizować przemiany termodynamiczne w układach i maszynach cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>