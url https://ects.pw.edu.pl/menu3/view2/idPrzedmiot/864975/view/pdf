--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -1389,191 +1389,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK405_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zaprojektować uproszczony obieg cieplny.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>