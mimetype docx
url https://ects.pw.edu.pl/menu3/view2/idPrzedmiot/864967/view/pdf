--- v0 (2026-02-04)
+++ v1 (2026-02-28)
@@ -1391,50 +1391,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1482,250 +1552,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem na wartości i wektory własne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>