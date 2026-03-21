--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -1675,50 +1675,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1844,722 +1984,582 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła)	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować w praktyce ogólne i szczegółowe zasady projektowania w procesie określania cech projektowanego zespołu (spełniających wymagania). Potrafi także uwzględniać zalecenia konstrukcyjne wynikające z praktyki projektowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
-[...488 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>