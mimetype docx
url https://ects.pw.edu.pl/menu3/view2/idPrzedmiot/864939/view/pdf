--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -1189,157 +1189,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna podstawy regulacji PID.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1358,232 +1498,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna wybrane kryteria oceny stabilności układów liniowych.														</w:t>
+        <w:t xml:space="preserve">														Student zna podstawy regulacji PID.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>