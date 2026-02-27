--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -1049,261 +1049,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student zna pojęcia sprzężenie zwrotne, układ otwarty i układ zamknięty.														</w:t>
+        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student zna ogólne twierdzenie o stabilności układów liniowych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>