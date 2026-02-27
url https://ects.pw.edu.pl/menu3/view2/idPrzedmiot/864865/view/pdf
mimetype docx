--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -1173,87 +1173,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie z zakresu obwodów elektronicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW135_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie z zakresu obwodów elektronicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi analizować zjawiska przepływu nośników prądu w półprzewodnikach.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1313,261 +1383,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Jest w stanie wyjaśnić działanie układów elektronicznych analogowych (wzmacniacze, generatory, zasilacze).		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Jest w stanie wyjaśnić działanie układów elektronicznych analogowych (wzmacniacze, generatory, zasilacze).		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>