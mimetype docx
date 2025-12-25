--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -828,67 +828,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1059,51 +1059,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Is aware of the level of his knowledge and skills in the field of PR. Understands the need for further professional improvement regarding the way the functioning and change of society as well as rules, processes and social structures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09, K_K10</w:t>
+        <w:t xml:space="preserve">K_K10, K_K09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>