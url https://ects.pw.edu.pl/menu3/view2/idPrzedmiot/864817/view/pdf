--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -1059,51 +1059,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Is aware of the level of his knowledge and skills in the field of PR. Understands the need for further professional improvement regarding the way the functioning and change of society as well as rules, processes and social structures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K10, K_K09</w:t>
+        <w:t xml:space="preserve">K_K09, K_K10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>