--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has basic knowledge about processes and phenomena occurring in the company's environment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma zaawansowaną wiedzę umożliwiającą rozpoznawanie, diagnozowanie i rozwiązywanie problemów związanych z budowaniem strategii rozwoju przedsiębiorstwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Punktowany udział w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>