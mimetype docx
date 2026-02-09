--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Has basic knowledge about processes and phenomena occurring in the company's environment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma zaawansowaną wiedzę umożliwiającą rozpoznawanie, diagnozowanie i rozwiązywanie problemów związanych z budowaniem strategii rozwoju przedsiębiorstwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>