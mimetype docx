--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -968,67 +968,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Interpretuje przepisy głównych aktów normatywnych z zakresu prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1328,51 +1328,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1398,67 +1398,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w szczególności wysokości podatku od nieruchomości i podatku od środków transportowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>