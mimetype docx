--- v1 (2026-01-16)
+++ v2 (2026-02-28)
@@ -844,51 +844,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymienia i charakteryzuje główne akty normatywne regulujące sferę finansów publicznych, a także funkcjonowanie rynku finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -968,67 +968,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1064,541 +1064,541 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Interpretuje przepisy głównych aktów normatywnych z zakresu prawa finansowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">w formie testu, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz egzaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizuje orzecznictwo z zakresu prawa finansowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Charakteryzuje mechanizm działania subwencji ogólnych i dotacji celowych dla jednostek samorządu terytorialnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">w formie testu, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz egzaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Interpretuje przepisy głównych aktów normatywnych z zakresu prawa finansowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">w formie testu, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz egzaminu.</w:t>
+        <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Analizuje orzecznictwo z zakresu prawa finansowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy i syntezy tych informacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w szczególności wysokości podatku od nieruchomości i podatku od środków transportowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Charakteryzuje mechanizm działania subwencji ogólnych i dotacji celowych dla jednostek samorządu terytorialnego</w:t>
+        <w:t xml:space="preserve">Student potrafi brać udział w debacie na temat związku systemu ubezpieczeń społecznych z kondycją finansów publicznych – przedstawiać i oceniać różne opinie i stanowiska oraz dyskutować o nich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">w formie testu, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz egzaminu.</w:t>
+        <w:t xml:space="preserve">w formie oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>